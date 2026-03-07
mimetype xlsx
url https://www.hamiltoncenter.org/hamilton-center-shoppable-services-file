--- v0 (2025-10-06)
+++ v1 (2026-03-07)
@@ -3,89 +3,89 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Revenue Cycle Team\Hamilton Center\2025\Price Transparency\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jmeadows\Documents\Price Transparency 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1EFD8B11-102A-4CFB-B4E4-265A1C159F48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D8E24571-6009-4153-9A66-BA8EC53CCFFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F4E73FA4-27F8-49F7-8A32-46761992D598}"/>
   </bookViews>
   <sheets>
     <sheet name="Shoppable Services File" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Shoppable Services File'!$A$3:$N$58</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Shoppable Services File'!$A$3:$N$57</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="972" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="708" uniqueCount="135">
   <si>
     <t>Inpatient Bed Day</t>
   </si>
   <si>
     <t>Oral Drug Screen</t>
   </si>
   <si>
     <t xml:space="preserve"> -- Standard charge</t>
   </si>
   <si>
     <t>Actual pricing can vary depending on ancillary services provided, number of days spent as an inpatient, drugs given, etc.</t>
   </si>
   <si>
     <t>Ancillary codes are either listed as CPT codes or revenue codes depending on how the services are billed on the claim forms</t>
   </si>
   <si>
     <t>Additional services may be billed separately if performed by outside providers</t>
   </si>
   <si>
     <t xml:space="preserve"> -- Discounted Cash Price</t>
   </si>
   <si>
     <t>The charge that applied to an individual who pays cash or cash equivalent.</t>
   </si>
   <si>
@@ -364,519 +364,132 @@
   <si>
     <t>Removal of cataract with insertion of lens</t>
   </si>
   <si>
     <t>Electrocardiogram, routine, with interpretation and report</t>
   </si>
   <si>
     <t>Insertion of catheter into left heart for diagnosis</t>
   </si>
   <si>
     <t>Sleep study</t>
   </si>
   <si>
     <t>Physical therapy, therapeutic exercise</t>
   </si>
   <si>
     <t>Payer-Specific Negotiated Charge</t>
   </si>
   <si>
     <t>SHOPPABLE SERVICES FILE</t>
   </si>
   <si>
     <t>Standard Charge</t>
   </si>
   <si>
-    <t>210</t>
-[...40 lines deleted...]
-  <si>
     <t>outpatient</t>
   </si>
   <si>
-    <t>89.68</t>
-[...7 lines deleted...]
-  <si>
     <t>inpatient</t>
   </si>
   <si>
-    <t>160</t>
-[...64 lines deleted...]
-  <si>
     <t/>
   </si>
   <si>
-    <t>69.54</t>
-[...307 lines deleted...]
-  <si>
     <t>61 of the 70 required CMS shoppable services have not been performed at Hamilton Center so they are listed as "service not performed"</t>
   </si>
   <si>
     <t>service not performed</t>
   </si>
   <si>
     <t>Hamilton Center, Inc.</t>
   </si>
   <si>
-    <t>Prices posted and effective Date: 3/3/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Aetna PPO/HMO/EPO/POS/HDHP</t>
   </si>
   <si>
     <t>Anthem PPO/HMO/EPO/POS/HDHP</t>
   </si>
   <si>
     <t>Cigna PPO/HMO/EPO/POS/HDHP</t>
   </si>
   <si>
     <t>Humana PPO/HMO/EPO/POS/HDHP</t>
   </si>
   <si>
     <t>United Healthcare PPO/HMO/EPO/POS/HDHP</t>
   </si>
   <si>
-    <t>N/A - Service Not Performend</t>
-[...2 lines deleted...]
-    <t>Pricing is as of 3/3/2025, subject to change throughout the year</t>
+    <t>Prices posted and effective Date: 2/9/26</t>
+  </si>
+  <si>
+    <t>Pricing is as of 2/9/2026, subject to change throughout the year</t>
+  </si>
+  <si>
+    <t>Reimbursement information as of 2/9/2026, contracts renew and change at various points throughout the year</t>
+  </si>
+  <si>
+    <t>Hamilton Center has provided the attached file to assist the consumer in identifying in advance the standard charges associated with services at our facility. The information listed for each service reflects the following:</t>
+  </si>
+  <si>
+    <t>N/A - Service Not Performed</t>
+  </si>
+  <si>
+    <t>123.14</t>
+  </si>
+  <si>
+    <t>140.31</t>
+  </si>
+  <si>
+    <t>82.28</t>
+  </si>
+  <si>
+    <t>46.67</t>
+  </si>
+  <si>
+    <t>61.24</t>
+  </si>
+  <si>
+    <t>100.42</t>
+  </si>
+  <si>
+    <t>137.17</t>
+  </si>
+  <si>
+    <t>26.76</t>
+  </si>
+  <si>
+    <t>49.77</t>
+  </si>
+  <si>
+    <t>73.13</t>
+  </si>
+  <si>
+    <t>108.54</t>
+  </si>
+  <si>
+    <t>91.83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -962,63 +575,75 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="18">
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
@@ -1368,52 +993,52 @@
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{FB1574FE-C5A7-478E-906E-937D82039D74}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{52A2BED0-34EA-417B-9064-5D8C42A5ACBF}" name="Table1" displayName="Table1" ref="A25:M113" totalsRowShown="0" headerRowDxfId="17" dataDxfId="15" headerRowBorderDxfId="16" tableBorderDxfId="14" totalsRowBorderDxfId="13">
   <autoFilter ref="A25:M113" xr:uid="{52A2BED0-34EA-417B-9064-5D8C42A5ACBF}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A26:M112">
-    <sortCondition ref="M25:M112"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A26:M111">
+    <sortCondition ref="M25:M111"/>
   </sortState>
   <tableColumns count="13">
     <tableColumn id="1" xr3:uid="{A02F42A7-0FC7-44C3-ADE7-51C4FB964AD9}" name="Shoppable Service Description" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{28F0A698-F254-4EDD-9A67-A80292F035F2}" name="Service Location" dataDxfId="11"/>
     <tableColumn id="3" xr3:uid="{887B5350-7DD1-4B84-AC84-69001BEBCED4}" name="Primary service and ancillary services" dataDxfId="10"/>
     <tableColumn id="4" xr3:uid="{D7F90B75-73C0-4A2A-9258-455C1C3DB363}" name="CPT/HCPCS/Revenue/DRG code" dataDxfId="9"/>
     <tableColumn id="5" xr3:uid="{CBE2FF02-49C8-44D6-9DBF-BC5380C759B1}" name="Standard Charge" dataDxfId="8"/>
     <tableColumn id="6" xr3:uid="{BDCB92B2-EE2F-4270-9F94-A11414E53478}" name="Discounted Cash Price" dataDxfId="7"/>
     <tableColumn id="7" xr3:uid="{7C215D04-034F-4006-94C2-C63F1E2FB2FE}" name="Minimum Negotiated Charge" dataDxfId="6"/>
     <tableColumn id="8" xr3:uid="{075FF862-B2C0-4044-9B6B-1D244BD7894B}" name="Maximum Negotiated Charge" dataDxfId="5"/>
     <tableColumn id="9" xr3:uid="{0938664C-A03F-49E9-BB61-4449ADF71D64}" name="Aetna PPO/HMO/EPO/POS/HDHP" dataDxfId="4"/>
     <tableColumn id="10" xr3:uid="{9F40E9FC-2614-47FF-B20C-6BAEA8089965}" name="Anthem PPO/HMO/EPO/POS/HDHP" dataDxfId="3"/>
     <tableColumn id="11" xr3:uid="{C831575D-683D-4850-AC34-B52BFDEBFB8C}" name="Cigna PPO/HMO/EPO/POS/HDHP" dataDxfId="2"/>
     <tableColumn id="12" xr3:uid="{2DFB6A1F-6A51-4DD4-AC78-DA14735220E9}" name="Humana PPO/HMO/EPO/POS/HDHP" dataDxfId="1"/>
     <tableColumn id="13" xr3:uid="{76BB1B37-733E-430C-818E-1D9C57FB8F6F}" name="United Healthcare PPO/HMO/EPO/POS/HDHP" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -1714,3569 +1339,3550 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA8EA17A-4D89-401E-BEAF-317E1003DA34}">
   <dimension ref="A1:M113"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="G52" sqref="G52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="43.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="43.5703125" customWidth="1"/>
     <col min="3" max="3" width="45.42578125" customWidth="1"/>
     <col min="4" max="4" width="38.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.140625" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="34.28515625" customWidth="1"/>
     <col min="8" max="8" width="34.85546875" customWidth="1"/>
     <col min="9" max="9" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="26.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="24.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>254</v>
+        <v>112</v>
       </c>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>255</v>
+        <v>118</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>251</v>
+        <v>121</v>
       </c>
       <c r="B7" s="2"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="2"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="2"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="2"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>263</v>
+        <v>119</v>
       </c>
       <c r="B12" s="2"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="2"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="2"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2"/>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="2"/>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>256</v>
+        <v>120</v>
       </c>
       <c r="B19" s="2"/>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>252</v>
+        <v>110</v>
       </c>
       <c r="B21" s="2"/>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="2"/>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="I24" s="10" t="s">
+      <c r="I24" s="14" t="s">
         <v>104</v>
       </c>
-      <c r="J24" s="10"/>
-[...2 lines deleted...]
-      <c r="M24" s="10"/>
+      <c r="J24" s="14"/>
+      <c r="K24" s="14"/>
+      <c r="L24" s="14"/>
+      <c r="M24" s="14"/>
     </row>
     <row r="25" spans="1:13" ht="43.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>106</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="6" t="s">
-        <v>257</v>
+        <v>113</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>258</v>
+        <v>114</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>259</v>
+        <v>115</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>260</v>
+        <v>116</v>
       </c>
       <c r="M25" s="6" t="s">
-        <v>261</v>
+        <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="4">
-        <v>81001</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>90791</v>
+      </c>
+      <c r="E26" s="4">
+        <v>210</v>
       </c>
       <c r="F26" s="8"/>
-      <c r="G26" s="8" t="s">
-[...18 lines deleted...]
-        <v>207</v>
+      <c r="G26" s="4">
+        <v>50</v>
+      </c>
+      <c r="H26" s="4">
+        <v>184.57999999999998</v>
+      </c>
+      <c r="I26" s="10">
+        <v>99</v>
+      </c>
+      <c r="J26" s="11">
+        <v>184.57999999999998</v>
+      </c>
+      <c r="K26" s="11">
+        <v>147.28</v>
+      </c>
+      <c r="L26" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="M26" s="12">
+        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="4">
-        <v>90791</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>90792</v>
+      </c>
+      <c r="E27" s="4">
+        <v>210</v>
       </c>
       <c r="F27" s="8"/>
-      <c r="G27" s="8" t="s">
-[...18 lines deleted...]
-        <v>209</v>
+      <c r="G27" s="4">
+        <v>60</v>
+      </c>
+      <c r="H27" s="4">
+        <v>165.87</v>
+      </c>
+      <c r="I27" s="11">
+        <v>75</v>
+      </c>
+      <c r="J27" s="11">
+        <v>165.87</v>
+      </c>
+      <c r="K27" s="11">
+        <v>78</v>
+      </c>
+      <c r="L27" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="M27" s="12">
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="4">
-        <v>90792</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>90832</v>
+      </c>
+      <c r="E28" s="4">
+        <v>120</v>
       </c>
       <c r="F28" s="8"/>
-      <c r="G28" s="8" t="s">
-[...18 lines deleted...]
-        <v>211</v>
+      <c r="G28" s="4">
+        <v>15</v>
+      </c>
+      <c r="H28" s="4">
+        <v>75.66</v>
+      </c>
+      <c r="I28" s="11">
+        <v>35</v>
+      </c>
+      <c r="J28" s="11">
+        <v>75.66</v>
+      </c>
+      <c r="K28" s="11">
+        <v>15</v>
+      </c>
+      <c r="L28" s="12">
+        <v>62.32</v>
+      </c>
+      <c r="M28" s="12">
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="4">
-        <v>90832</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>90834</v>
+      </c>
+      <c r="E29" s="4">
+        <v>120</v>
       </c>
       <c r="F29" s="8"/>
-      <c r="G29" s="8" t="s">
-[...18 lines deleted...]
-        <v>213</v>
+      <c r="G29" s="4">
+        <v>60</v>
+      </c>
+      <c r="H29" s="4">
+        <v>97.35</v>
+      </c>
+      <c r="I29" s="11">
+        <v>62</v>
+      </c>
+      <c r="J29" s="11">
+        <v>97.35</v>
+      </c>
+      <c r="K29" s="11">
+        <v>78</v>
+      </c>
+      <c r="L29" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="M29" s="12">
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="4">
-        <v>90834</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>90837</v>
+      </c>
+      <c r="E30" s="4">
+        <v>120</v>
       </c>
       <c r="F30" s="8"/>
-      <c r="G30" s="8" t="s">
-[...18 lines deleted...]
-        <v>211</v>
+      <c r="G30" s="4">
+        <v>45</v>
+      </c>
+      <c r="H30" s="4">
+        <v>142.09</v>
+      </c>
+      <c r="I30" s="11">
+        <v>62</v>
+      </c>
+      <c r="J30" s="11">
+        <v>123.10999999999999</v>
+      </c>
+      <c r="K30" s="11">
+        <v>142.09</v>
+      </c>
+      <c r="L30" s="12">
+        <v>45</v>
+      </c>
+      <c r="M30" s="12">
+        <v>115.92999999999999</v>
       </c>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4">
-        <v>90837</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>90846</v>
+      </c>
+      <c r="E31" s="4">
+        <v>120</v>
       </c>
       <c r="F31" s="8"/>
-      <c r="G31" s="8" t="s">
-[...18 lines deleted...]
-        <v>163</v>
+      <c r="G31" s="4">
+        <v>15</v>
+      </c>
+      <c r="H31" s="4">
+        <v>89.679999999999993</v>
+      </c>
+      <c r="I31" s="11">
+        <v>65</v>
+      </c>
+      <c r="J31" s="11">
+        <v>89.679999999999993</v>
+      </c>
+      <c r="K31" s="11">
+        <v>15</v>
+      </c>
+      <c r="L31" s="12">
+        <v>73.5</v>
+      </c>
+      <c r="M31" s="12">
+        <v>78.8</v>
       </c>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="4">
-        <v>90846</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>90847</v>
+      </c>
+      <c r="E32" s="4">
+        <v>120</v>
       </c>
       <c r="F32" s="8"/>
-      <c r="G32" s="8" t="s">
-[...18 lines deleted...]
-        <v>218</v>
+      <c r="G32" s="4">
+        <v>15</v>
+      </c>
+      <c r="H32" s="4">
+        <v>104.16</v>
+      </c>
+      <c r="I32" s="11">
+        <v>65</v>
+      </c>
+      <c r="J32" s="11">
+        <v>104.16</v>
+      </c>
+      <c r="K32" s="11">
+        <v>15</v>
+      </c>
+      <c r="L32" s="12">
+        <v>73.5</v>
+      </c>
+      <c r="M32" s="12">
+        <v>78.8</v>
       </c>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="4">
-        <v>90847</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>90853</v>
+      </c>
+      <c r="E33" s="4">
+        <v>60</v>
       </c>
       <c r="F33" s="8"/>
-      <c r="G33" s="8" t="s">
-[...18 lines deleted...]
-        <v>218</v>
+      <c r="G33" s="4">
+        <v>33.22</v>
+      </c>
+      <c r="H33" s="4">
+        <v>49</v>
+      </c>
+      <c r="I33" s="11">
+        <v>49</v>
+      </c>
+      <c r="J33" s="11">
+        <v>33.22</v>
+      </c>
+      <c r="K33" s="11">
+        <v>35</v>
+      </c>
+      <c r="L33" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="M33" s="12">
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="4">
-        <v>90853</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>99203</v>
+      </c>
+      <c r="E34" s="4">
+        <v>125</v>
       </c>
       <c r="F34" s="8"/>
-      <c r="G34" s="8" t="s">
-[...18 lines deleted...]
-        <v>221</v>
+      <c r="G34" s="4">
+        <v>48.17</v>
+      </c>
+      <c r="H34" s="4">
+        <v>101.39</v>
+      </c>
+      <c r="I34" s="11">
+        <v>48.17</v>
+      </c>
+      <c r="J34" s="11">
+        <v>101.39</v>
+      </c>
+      <c r="K34" s="11">
+        <v>91.070000000000007</v>
+      </c>
+      <c r="L34" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="M34" s="12">
+        <v>85.12</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="4">
-        <v>99203</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>99204</v>
+      </c>
+      <c r="E35" s="4">
+        <v>180</v>
       </c>
       <c r="F35" s="8"/>
-      <c r="G35" s="8" t="s">
-[...18 lines deleted...]
-        <v>175</v>
+      <c r="G35" s="4">
+        <v>81.760000000000005</v>
+      </c>
+      <c r="H35" s="4">
+        <v>148.87</v>
+      </c>
+      <c r="I35" s="11">
+        <v>81.760000000000005</v>
+      </c>
+      <c r="J35" s="11">
+        <v>148.87</v>
+      </c>
+      <c r="K35" s="11">
+        <v>129.28</v>
+      </c>
+      <c r="L35" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="M35" s="12">
+        <v>120.13</v>
       </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="4">
-        <v>99204</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>99205</v>
+      </c>
+      <c r="E36" s="4">
+        <v>230</v>
       </c>
       <c r="F36" s="8"/>
-      <c r="G36" s="8" t="s">
-[...18 lines deleted...]
-        <v>181</v>
+      <c r="G36" s="4">
+        <v>105.05</v>
+      </c>
+      <c r="H36" s="4">
+        <v>185.75</v>
+      </c>
+      <c r="I36" s="11">
+        <v>105.05</v>
+      </c>
+      <c r="J36" s="11">
+        <v>185.75</v>
+      </c>
+      <c r="K36" s="11">
+        <v>164.78</v>
+      </c>
+      <c r="L36" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="M36" s="12">
+        <v>155.97</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="4">
-        <v>99205</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>99212</v>
+      </c>
+      <c r="E37" s="4">
+        <v>60</v>
       </c>
       <c r="F37" s="8"/>
-      <c r="G37" s="8" t="s">
-[...18 lines deleted...]
-        <v>169</v>
+      <c r="G37" s="4">
+        <v>27</v>
+      </c>
+      <c r="H37" s="4">
+        <v>47.14</v>
+      </c>
+      <c r="I37" s="11">
+        <v>27</v>
+      </c>
+      <c r="J37" s="11">
+        <v>47.14</v>
+      </c>
+      <c r="K37" s="11">
+        <v>36.089999999999996</v>
+      </c>
+      <c r="L37" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="M37" s="12">
+        <v>38.65</v>
       </c>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="4">
-        <v>99212</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>99213</v>
+      </c>
+      <c r="E38" s="4">
+        <v>95</v>
       </c>
       <c r="F38" s="8"/>
-      <c r="G38" s="8" t="s">
-[...18 lines deleted...]
-        <v>158</v>
+      <c r="G38" s="4">
+        <v>29.310000000000002</v>
+      </c>
+      <c r="H38" s="4">
+        <v>96.320000000000007</v>
+      </c>
+      <c r="I38" s="11">
+        <v>38</v>
+      </c>
+      <c r="J38" s="11">
+        <v>96.320000000000007</v>
+      </c>
+      <c r="K38" s="11">
+        <v>29.310000000000002</v>
+      </c>
+      <c r="L38" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="M38" s="12">
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="4">
-        <v>99213</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>99214</v>
+      </c>
+      <c r="E39" s="4">
+        <v>135</v>
       </c>
       <c r="F39" s="8"/>
-      <c r="G39" s="8" t="s">
-[...18 lines deleted...]
-        <v>224</v>
+      <c r="G39" s="4">
+        <v>49.230000000000004</v>
+      </c>
+      <c r="H39" s="4">
+        <v>135.13</v>
+      </c>
+      <c r="I39" s="11">
+        <v>49.44</v>
+      </c>
+      <c r="J39" s="11">
+        <v>135.13</v>
+      </c>
+      <c r="K39" s="11">
+        <v>49.230000000000004</v>
+      </c>
+      <c r="L39" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="M39" s="12">
+        <v>122.00999999999999</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="4">
-        <v>99214</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>99215</v>
+      </c>
+      <c r="E40" s="4">
+        <v>190</v>
       </c>
       <c r="F40" s="8"/>
-      <c r="G40" s="8" t="s">
-[...18 lines deleted...]
-        <v>147</v>
+      <c r="G40" s="4">
+        <v>69.539999999999992</v>
+      </c>
+      <c r="H40" s="4">
+        <v>152.15</v>
+      </c>
+      <c r="I40" s="11">
+        <v>69.539999999999992</v>
+      </c>
+      <c r="J40" s="11">
+        <v>152.15</v>
+      </c>
+      <c r="K40" s="11">
+        <v>113.72</v>
+      </c>
+      <c r="L40" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="M40" s="12">
+        <v>104.65</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4">
-        <v>99215</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>99221</v>
+      </c>
+      <c r="E41" s="4">
+        <v>108</v>
       </c>
       <c r="F41" s="8"/>
-      <c r="G41" s="8" t="s">
-[...18 lines deleted...]
-        <v>153</v>
+      <c r="G41" s="4">
+        <v>55</v>
+      </c>
+      <c r="H41" s="4">
+        <v>125</v>
+      </c>
+      <c r="I41" s="11">
+        <v>125</v>
+      </c>
+      <c r="J41" s="11">
+        <v>82.99</v>
+      </c>
+      <c r="K41" s="11">
+        <v>78</v>
+      </c>
+      <c r="L41" s="12">
+        <v>55</v>
+      </c>
+      <c r="M41" s="12">
+        <v>89.45</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="4">
-        <v>99221</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>99222</v>
+      </c>
+      <c r="E42" s="4">
+        <v>160</v>
       </c>
       <c r="F42" s="8"/>
-      <c r="G42" s="8" t="s">
-[...18 lines deleted...]
-        <v>89.54</v>
+      <c r="G42" s="4">
+        <v>80</v>
+      </c>
+      <c r="H42" s="4">
+        <v>139.44</v>
+      </c>
+      <c r="I42" s="11">
+        <v>125</v>
+      </c>
+      <c r="J42" s="11">
+        <v>139.44</v>
+      </c>
+      <c r="K42" s="11">
+        <v>110</v>
+      </c>
+      <c r="L42" s="12">
+        <v>85</v>
+      </c>
+      <c r="M42" s="12">
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="4">
-        <v>99222</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>99223</v>
+      </c>
+      <c r="E43" s="4">
+        <v>230</v>
       </c>
       <c r="F43" s="8"/>
-      <c r="G43" s="8" t="s">
+      <c r="G43" s="4">
         <v>115</v>
       </c>
-      <c r="H43" s="8" t="s">
-[...15 lines deleted...]
-        <v>228</v>
+      <c r="H43" s="4">
+        <v>174.9</v>
+      </c>
+      <c r="I43" s="11">
+        <v>125</v>
+      </c>
+      <c r="J43" s="11">
+        <v>174.9</v>
+      </c>
+      <c r="K43" s="11">
+        <v>150.82999999999998</v>
+      </c>
+      <c r="L43" s="12">
+        <v>115</v>
+      </c>
+      <c r="M43" s="12">
+        <v>152.85</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="4">
-        <v>99223</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>99231</v>
+      </c>
+      <c r="E44" s="4">
+        <v>55</v>
       </c>
       <c r="F44" s="8"/>
-      <c r="G44" s="8" t="s">
-[...18 lines deleted...]
-        <v>193</v>
+      <c r="G44" s="4">
+        <v>34.989999999999995</v>
+      </c>
+      <c r="H44" s="4">
+        <v>80</v>
+      </c>
+      <c r="I44" s="11">
+        <v>80</v>
+      </c>
+      <c r="J44" s="11">
+        <v>34.989999999999995</v>
+      </c>
+      <c r="K44" s="11">
+        <v>38</v>
+      </c>
+      <c r="L44" s="12">
+        <v>35</v>
+      </c>
+      <c r="M44" s="12">
+        <v>45.730000000000004</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="4">
-        <v>99231</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>99232</v>
+      </c>
+      <c r="E45" s="4">
+        <v>85</v>
       </c>
       <c r="F45" s="8"/>
-      <c r="G45" s="8" t="s">
-[...18 lines deleted...]
-        <v>204</v>
+      <c r="G45" s="4">
+        <v>38.5</v>
+      </c>
+      <c r="H45" s="4">
+        <v>80</v>
+      </c>
+      <c r="I45" s="11">
+        <v>80</v>
+      </c>
+      <c r="J45" s="11">
+        <v>73.210000000000008</v>
+      </c>
+      <c r="K45" s="11">
+        <v>38.5</v>
+      </c>
+      <c r="L45" s="12">
+        <v>55</v>
+      </c>
+      <c r="M45" s="12">
+        <v>64.03</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="4">
-        <v>99232</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>99233</v>
+      </c>
+      <c r="E46" s="4">
+        <v>125</v>
       </c>
       <c r="F46" s="8"/>
-      <c r="G46" s="8" t="s">
+      <c r="G46" s="4">
+        <v>68.5</v>
+      </c>
+      <c r="H46" s="4">
         <v>132</v>
       </c>
-      <c r="H46" s="8" t="s">
-[...15 lines deleted...]
-        <v>134</v>
+      <c r="I46" s="11">
+        <v>80</v>
+      </c>
+      <c r="J46" s="11">
+        <v>89.679999999999993</v>
+      </c>
+      <c r="K46" s="11">
+        <v>132</v>
+      </c>
+      <c r="L46" s="12">
+        <v>68.5</v>
+      </c>
+      <c r="M46" s="12">
+        <v>102.3</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="4">
-        <v>99233</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>99238</v>
+      </c>
+      <c r="E47" s="4">
+        <v>85</v>
       </c>
       <c r="F47" s="8"/>
-      <c r="G47" s="8" t="s">
-[...18 lines deleted...]
-        <v>233</v>
+      <c r="G47" s="4">
+        <v>65.400000000000006</v>
+      </c>
+      <c r="H47" s="4">
+        <v>80</v>
+      </c>
+      <c r="I47" s="11">
+        <v>80</v>
+      </c>
+      <c r="J47" s="11">
+        <v>76.099999999999994</v>
+      </c>
+      <c r="K47" s="11">
+        <v>66.12</v>
+      </c>
+      <c r="L47" s="12">
+        <v>70</v>
+      </c>
+      <c r="M47" s="12">
+        <v>65.400000000000006</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="4">
-        <v>99238</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>99239</v>
+      </c>
+      <c r="E48" s="4">
+        <v>120</v>
       </c>
       <c r="F48" s="8"/>
-      <c r="G48" s="8" t="s">
-[...18 lines deleted...]
-        <v>236</v>
+      <c r="G48" s="4">
+        <v>80</v>
+      </c>
+      <c r="H48" s="4">
+        <v>98.5</v>
+      </c>
+      <c r="I48" s="11">
+        <v>80</v>
+      </c>
+      <c r="J48" s="11">
+        <v>92.1</v>
+      </c>
+      <c r="K48" s="11">
+        <v>98</v>
+      </c>
+      <c r="L48" s="12" t="s">
+        <v>134</v>
+      </c>
+      <c r="M48" s="12">
+        <v>98.5</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="4">
-        <v>99239</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>99385</v>
+      </c>
+      <c r="E49" s="4">
+        <v>140</v>
       </c>
       <c r="F49" s="8"/>
-      <c r="G49" s="8" t="s">
-[...18 lines deleted...]
-        <v>240</v>
+      <c r="G49" s="4">
+        <v>97.55</v>
+      </c>
+      <c r="H49" s="4">
+        <v>124.9</v>
+      </c>
+      <c r="I49" s="11"/>
+      <c r="J49" s="11">
+        <v>124.9</v>
+      </c>
+      <c r="K49" s="11">
+        <v>122.12</v>
+      </c>
+      <c r="L49" s="12"/>
+      <c r="M49" s="12">
+        <v>97.55</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="4">
-        <v>99385</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>99386</v>
+      </c>
+      <c r="E50" s="4">
+        <v>175</v>
       </c>
       <c r="F50" s="8"/>
-      <c r="G50" s="8" t="s">
-[...18 lines deleted...]
-        <v>197</v>
+      <c r="G50" s="4">
+        <v>131.87</v>
+      </c>
+      <c r="H50" s="4">
+        <v>153.37</v>
+      </c>
+      <c r="I50" s="11"/>
+      <c r="J50" s="11">
+        <v>153.37</v>
+      </c>
+      <c r="K50" s="11">
+        <v>151.19</v>
+      </c>
+      <c r="L50" s="12"/>
+      <c r="M50" s="12">
+        <v>131.87</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="4">
-        <v>99386</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>124</v>
+      </c>
+      <c r="E51" s="4">
+        <v>1380</v>
       </c>
       <c r="F51" s="8"/>
-      <c r="G51" s="8" t="s">
-[...18 lines deleted...]
-        <v>201</v>
+      <c r="G51" s="4">
+        <v>355.86</v>
+      </c>
+      <c r="H51" s="4">
+        <v>1153.5999999999999</v>
+      </c>
+      <c r="I51" s="10">
+        <v>840</v>
+      </c>
+      <c r="J51" s="10">
+        <v>1153.5999999999999</v>
+      </c>
+      <c r="K51" s="10">
+        <v>355.86</v>
+      </c>
+      <c r="L51" s="13">
+        <v>550</v>
+      </c>
+      <c r="M51" s="13">
+        <v>610</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="4">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>244</v>
+        <v>122</v>
       </c>
       <c r="F52" s="8"/>
       <c r="G52" s="8" t="s">
-        <v>245</v>
+        <v>109</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>246</v>
+        <v>109</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>247</v>
+        <v>109</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>248</v>
+        <v>109</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>245</v>
+        <v>109</v>
       </c>
       <c r="L52" s="7" t="s">
-        <v>249</v>
+        <v>109</v>
       </c>
       <c r="M52" s="7" t="s">
-        <v>250</v>
+        <v>109</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="4">
-        <v>110</v>
+        <v>216</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F53" s="8"/>
       <c r="G53" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L53" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M53" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="4">
-        <v>216</v>
+        <v>460</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F54" s="8"/>
       <c r="G54" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L54" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M54" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="4">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F55" s="8"/>
       <c r="G55" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K55" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="4">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F56" s="8"/>
       <c r="G56" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J56" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K56" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L56" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M56" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="4">
-        <v>473</v>
+        <v>743</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F57" s="8"/>
       <c r="G57" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J57" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K57" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L57" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M57" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="4">
-        <v>743</v>
+        <v>19120</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F58" s="8"/>
       <c r="G58" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J58" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K58" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L58" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M58" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="4">
-        <v>19120</v>
+        <v>29826</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F59" s="8"/>
       <c r="G59" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I59" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J59" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K59" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L59" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M59" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="4">
-        <v>29826</v>
+        <v>29881</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F60" s="8"/>
       <c r="G60" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I60" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J60" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K60" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L60" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M60" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="4">
-        <v>29881</v>
+        <v>42820</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F61" s="8"/>
       <c r="G61" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I61" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J61" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K61" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L61" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M61" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="4">
-        <v>42820</v>
+        <v>43235</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F62" s="8"/>
       <c r="G62" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I62" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J62" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K62" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L62" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M62" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4">
-        <v>43235</v>
+        <v>43239</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F63" s="8"/>
       <c r="G63" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I63" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J63" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K63" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L63" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M63" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="4">
-        <v>43239</v>
+        <v>45378</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F64" s="8"/>
       <c r="G64" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L64" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M64" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="4">
-        <v>45378</v>
+        <v>45380</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F65" s="8"/>
       <c r="G65" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I65" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J65" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K65" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L65" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M65" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="4">
-        <v>45380</v>
+        <v>45385</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F66" s="8"/>
       <c r="G66" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I66" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J66" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K66" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L66" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M66" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="4">
-        <v>45385</v>
+        <v>45391</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F67" s="8"/>
       <c r="G67" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I67" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J67" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K67" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L67" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M67" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="4">
-        <v>45391</v>
+        <v>47562</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F68" s="8"/>
       <c r="G68" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I68" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J68" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K68" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L68" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M68" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="4">
-        <v>47562</v>
+        <v>49505</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F69" s="8"/>
       <c r="G69" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I69" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J69" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K69" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L69" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M69" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="4">
-        <v>49505</v>
+        <v>55700</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F70" s="8"/>
       <c r="G70" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L70" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M70" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="4">
-        <v>55700</v>
+        <v>55866</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F71" s="8"/>
       <c r="G71" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J71" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K71" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L71" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M71" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="4">
-        <v>55866</v>
+        <v>59400</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F72" s="8"/>
       <c r="G72" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I72" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J72" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K72" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L72" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M72" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C73" s="4"/>
       <c r="D73" s="4">
-        <v>59400</v>
+        <v>59510</v>
       </c>
       <c r="E73" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F73" s="8"/>
       <c r="G73" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I73" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J73" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K73" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L73" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M73" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C74" s="4"/>
       <c r="D74" s="4">
-        <v>59510</v>
+        <v>59610</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F74" s="8"/>
       <c r="G74" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I74" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J74" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K74" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L74" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M74" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="4">
-        <v>59610</v>
+        <v>62322</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F75" s="8"/>
       <c r="G75" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I75" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J75" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K75" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L75" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M75" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C76" s="4"/>
       <c r="D76" s="4">
-        <v>62322</v>
+        <v>64483</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F76" s="8"/>
       <c r="G76" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I76" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J76" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K76" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L76" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M76" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C77" s="4"/>
       <c r="D77" s="4">
-        <v>64483</v>
+        <v>66821</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F77" s="8"/>
       <c r="G77" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H77" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I77" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J77" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K77" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L77" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M77" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C78" s="4"/>
       <c r="D78" s="4">
-        <v>66821</v>
+        <v>66984</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F78" s="8"/>
       <c r="G78" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I78" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J78" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K78" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L78" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M78" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C79" s="4"/>
       <c r="D79" s="4">
-        <v>66984</v>
+        <v>70450</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F79" s="8"/>
       <c r="G79" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I79" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J79" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K79" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L79" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M79" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C80" s="4"/>
       <c r="D80" s="4">
-        <v>70450</v>
+        <v>70553</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F80" s="8"/>
       <c r="G80" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H80" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I80" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J80" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K80" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L80" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M80" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C81" s="4"/>
       <c r="D81" s="4">
-        <v>70553</v>
+        <v>72110</v>
       </c>
       <c r="E81" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F81" s="8"/>
       <c r="G81" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H81" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I81" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J81" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K81" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L81" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M81" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C82" s="4"/>
       <c r="D82" s="4">
-        <v>72110</v>
+        <v>72148</v>
       </c>
       <c r="E82" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F82" s="8"/>
       <c r="G82" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I82" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J82" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K82" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L82" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M82" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C83" s="4"/>
       <c r="D83" s="4">
-        <v>72148</v>
+        <v>72193</v>
       </c>
       <c r="E83" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F83" s="8"/>
       <c r="G83" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H83" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I83" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J83" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K83" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L83" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M83" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C84" s="4"/>
       <c r="D84" s="4">
-        <v>72193</v>
+        <v>73721</v>
       </c>
       <c r="E84" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F84" s="8"/>
       <c r="G84" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H84" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I84" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J84" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K84" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L84" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M84" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C85" s="4"/>
       <c r="D85" s="4">
-        <v>73721</v>
+        <v>74177</v>
       </c>
       <c r="E85" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F85" s="8"/>
       <c r="G85" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H85" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I85" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J85" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K85" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L85" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M85" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C86" s="4"/>
       <c r="D86" s="4">
-        <v>74177</v>
+        <v>76700</v>
       </c>
       <c r="E86" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F86" s="8"/>
       <c r="G86" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H86" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I86" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J86" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K86" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L86" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M86" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C87" s="4"/>
       <c r="D87" s="4">
-        <v>76700</v>
+        <v>76805</v>
       </c>
       <c r="E87" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F87" s="8"/>
       <c r="G87" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H87" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I87" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J87" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K87" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L87" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M87" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C88" s="4"/>
       <c r="D88" s="4">
-        <v>76805</v>
+        <v>76830</v>
       </c>
       <c r="E88" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F88" s="8"/>
       <c r="G88" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H88" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I88" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J88" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K88" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L88" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M88" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C89" s="4"/>
       <c r="D89" s="4">
-        <v>76830</v>
+        <v>77065</v>
       </c>
       <c r="E89" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F89" s="8"/>
       <c r="G89" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H89" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I89" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J89" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K89" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L89" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M89" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C90" s="4"/>
       <c r="D90" s="4">
-        <v>77065</v>
+        <v>77066</v>
       </c>
       <c r="E90" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F90" s="8"/>
       <c r="G90" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H90" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I90" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J90" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K90" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L90" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M90" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C91" s="4"/>
       <c r="D91" s="4">
-        <v>77066</v>
+        <v>77067</v>
       </c>
       <c r="E91" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F91" s="8"/>
       <c r="G91" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H91" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I91" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J91" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K91" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L91" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M91" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C92" s="4"/>
       <c r="D92" s="4">
-        <v>77067</v>
+        <v>80048</v>
       </c>
       <c r="E92" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F92" s="8"/>
       <c r="G92" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H92" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I92" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J92" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K92" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L92" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M92" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="93" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C93" s="4"/>
       <c r="D93" s="4">
-        <v>80048</v>
+        <v>80053</v>
       </c>
       <c r="E93" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F93" s="8"/>
       <c r="G93" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H93" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I93" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J93" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K93" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L93" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M93" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="94" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C94" s="4"/>
       <c r="D94" s="4">
-        <v>80053</v>
+        <v>80055</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F94" s="8"/>
       <c r="G94" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H94" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I94" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J94" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K94" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L94" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M94" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="95" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C95" s="4"/>
       <c r="D95" s="4">
-        <v>80055</v>
+        <v>80061</v>
       </c>
       <c r="E95" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F95" s="8"/>
       <c r="G95" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I95" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J95" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K95" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L95" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M95" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="96" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C96" s="4"/>
       <c r="D96" s="4">
-        <v>80061</v>
+        <v>80069</v>
       </c>
       <c r="E96" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F96" s="8"/>
       <c r="G96" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I96" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J96" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K96" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L96" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M96" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="97" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C97" s="4"/>
       <c r="D97" s="4">
-        <v>80069</v>
+        <v>80076</v>
       </c>
       <c r="E97" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F97" s="8"/>
       <c r="G97" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H97" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I97" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J97" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K97" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L97" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M97" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="98" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>51</v>
+        <v>1</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C98" s="4"/>
       <c r="D98" s="4">
-        <v>80076</v>
+        <v>80307</v>
       </c>
       <c r="E98" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F98" s="8"/>
       <c r="G98" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H98" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I98" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J98" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K98" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L98" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M98" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="99" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>1</v>
+        <v>53</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C99" s="4"/>
       <c r="D99" s="4">
-        <v>80307</v>
+        <v>81003</v>
       </c>
       <c r="E99" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F99" s="8"/>
       <c r="G99" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H99" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I99" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J99" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K99" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L99" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M99" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C100" s="4"/>
       <c r="D100" s="4">
-        <v>81003</v>
+        <v>84153</v>
       </c>
       <c r="E100" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F100" s="8"/>
       <c r="G100" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H100" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I100" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J100" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K100" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L100" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M100" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="101" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C101" s="4"/>
       <c r="D101" s="4">
-        <v>84153</v>
+        <v>84443</v>
       </c>
       <c r="E101" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F101" s="8"/>
       <c r="G101" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H101" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I101" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J101" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K101" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L101" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M101" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="102" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C102" s="4"/>
       <c r="D102" s="4">
-        <v>84443</v>
+        <v>85025</v>
       </c>
       <c r="E102" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F102" s="8"/>
       <c r="G102" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I102" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J102" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K102" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L102" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M102" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="103" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C103" s="4"/>
       <c r="D103" s="4">
-        <v>85025</v>
+        <v>85027</v>
       </c>
       <c r="E103" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F103" s="8"/>
       <c r="G103" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H103" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I103" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J103" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K103" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L103" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M103" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="104" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C104" s="4"/>
       <c r="D104" s="4">
-        <v>85027</v>
+        <v>85610</v>
       </c>
       <c r="E104" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F104" s="8"/>
       <c r="G104" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H104" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I104" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J104" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K104" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L104" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M104" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="105" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C105" s="4"/>
       <c r="D105" s="4">
-        <v>85610</v>
+        <v>85730</v>
       </c>
       <c r="E105" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F105" s="8"/>
       <c r="G105" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H105" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I105" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J105" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K105" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L105" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M105" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="106" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C106" s="4"/>
       <c r="D106" s="4">
-        <v>85730</v>
+        <v>90785</v>
       </c>
       <c r="E106" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F106" s="8"/>
       <c r="G106" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H106" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I106" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J106" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K106" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L106" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M106" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="107" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C107" s="4"/>
       <c r="D107" s="4">
-        <v>90785</v>
+        <v>93000</v>
       </c>
       <c r="E107" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F107" s="8"/>
       <c r="G107" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H107" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I107" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J107" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K107" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L107" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M107" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="108" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C108" s="4"/>
       <c r="D108" s="4">
-        <v>93000</v>
+        <v>93452</v>
       </c>
       <c r="E108" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F108" s="8"/>
       <c r="G108" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H108" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I108" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J108" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K108" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L108" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M108" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="109" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C109" s="4"/>
       <c r="D109" s="4">
-        <v>93452</v>
+        <v>95810</v>
       </c>
       <c r="E109" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F109" s="8"/>
       <c r="G109" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H109" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I109" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J109" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K109" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L109" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M109" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="110" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C110" s="4"/>
       <c r="D110" s="4">
-        <v>95810</v>
+        <v>97110</v>
       </c>
       <c r="E110" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F110" s="8"/>
       <c r="G110" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="H110" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="I110" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="J110" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="K110" s="8" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="L110" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M110" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="111" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A111" s="4" t="s">
-        <v>103</v>
+      <c r="A111" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-        <v>97110</v>
+        <v>111</v>
+      </c>
+      <c r="C111" s="5"/>
+      <c r="D111" s="5">
+        <v>99243</v>
       </c>
       <c r="E111" s="8" t="s">
-        <v>262</v>
-[...15 lines deleted...]
-        <v>148</v>
+        <v>122</v>
+      </c>
+      <c r="F111" s="9"/>
+      <c r="G111" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="H111" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="I111" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="J111" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="K111" s="9" t="s">
+        <v>109</v>
       </c>
       <c r="L111" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="M111" s="7" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
     </row>
     <row r="112" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A112" s="5" t="s">
-        <v>42</v>
+      <c r="A112" s="4" t="s">
+        <v>43</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-        <v>99243</v>
+        <v>111</v>
+      </c>
+      <c r="C112" s="4"/>
+      <c r="D112" s="4">
+        <v>99244</v>
       </c>
       <c r="E112" s="8" t="s">
-        <v>262</v>
-[...21 lines deleted...]
-        <v>148</v>
+        <v>122</v>
+      </c>
+      <c r="F112" s="8"/>
+      <c r="G112" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="H112" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="I112" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="J112" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="K112" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="L112" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="M112" s="8" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="113" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>253</v>
+        <v>111</v>
       </c>
       <c r="C113" s="4"/>
       <c r="D113" s="4">
-        <v>99244</v>
+        <v>81001</v>
       </c>
       <c r="E113" s="8" t="s">
-        <v>262</v>
+        <v>122</v>
       </c>
       <c r="F113" s="8"/>
-      <c r="G113" s="8" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="G113" s="8"/>
+      <c r="H113" s="8"/>
+      <c r="I113" s="8"/>
+      <c r="J113" s="8"/>
+      <c r="K113" s="8"/>
+      <c r="L113" s="7"/>
+      <c r="M113" s="7"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:N70">
-    <sortCondition ref="C26:C70"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:N69">
+    <sortCondition ref="C26:C69"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="I24:M24"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="22625b75-8de2-44a6-905b-ed6409b1ac85">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Time xmlns="22625b75-8de2-44a6-905b-ed6409b1ac85" xsi:nil="true"/>
+    <TaxCatchAll xmlns="2f0e7953-9c29-4b55-96c7-e92ecd1f3962" xsi:nil="true"/>
+    <photo xmlns="22625b75-8de2-44a6-905b-ed6409b1ac85" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010035E68C52DA99B546B41F89FD31A491B1" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="317e7c5eb1293a67551306fee7e17e90">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="22625b75-8de2-44a6-905b-ed6409b1ac85" xmlns:ns3="2f0e7953-9c29-4b55-96c7-e92ecd1f3962" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3233105949354b5c41b6ea0b0e8e3948" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010035E68C52DA99B546B41F89FD31A491B1" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c107acf62c1a3636cea2559e83cbc91">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="22625b75-8de2-44a6-905b-ed6409b1ac85" xmlns:ns3="2f0e7953-9c29-4b55-96c7-e92ecd1f3962" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2bd911b3906a4701dcf95e5073e2f19f" ns2:_="" ns3:_="">
     <xsd:import namespace="22625b75-8de2-44a6-905b-ed6409b1ac85"/>
     <xsd:import namespace="2f0e7953-9c29-4b55-96c7-e92ecd1f3962"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Time" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:photo" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="22625b75-8de2-44a6-905b-ed6409b1ac85" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -5322,50 +4928,60 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cbfcbdb7-f06e-4ccd-96c0-4e3729eb4675" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Time" ma:index="26" nillable="true" ma:displayName="Time" ma:format="DateOnly" ma:internalName="Time">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="photo" ma:index="28" nillable="true" ma:displayName="photo" ma:format="Thumbnail" ma:internalName="photo">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2f0e7953-9c29-4b55-96c7-e92ecd1f3962" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -5466,106 +5082,94 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A7C1D52-B2DD-4796-9D88-DB6789835933}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{764CC2D0-521C-4B65-BEAD-DC15B9363A2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="22625b75-8de2-44a6-905b-ed6409b1ac85"/>
     <ds:schemaRef ds:uri="2f0e7953-9c29-4b55-96c7-e92ecd1f3962"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEA00ACB-E008-4203-9E09-6617FDF77230}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{563B01A1-8EE1-4FC6-81D4-9D9BF44A5C5B}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Shoppable Services File</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Blue &amp; Co., LLC</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kyle Myers</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010035E68C52DA99B546B41F89FD31A491B1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>